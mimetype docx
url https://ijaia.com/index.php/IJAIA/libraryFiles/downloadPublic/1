--- v0 (2025-11-30)
+++ v1 (2026-02-04)
@@ -1,96 +1,94 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="4A1EBF33" w14:textId="77777777" w:rsidR="00AD2308" w:rsidRPr="004135FF" w:rsidRDefault="00AD2308" w:rsidP="00874F8A">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Bookman Old Style" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:bidi="ar-JO"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1899D53B" w14:textId="492C1AE0" w:rsidR="00FD78D0" w:rsidRPr="004135FF" w:rsidRDefault="00A77545" w:rsidP="0022508B">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorBidi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="majorBidi" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:bidi="ar-JO"/>
         </w:rPr>
         <w:sectPr w:rsidR="00FD78D0" w:rsidRPr="004135FF" w:rsidSect="00813AB6">
           <w:headerReference w:type="even" r:id="rId8"/>
           <w:headerReference w:type="default" r:id="rId9"/>
-          <w:footerReference w:type="even" r:id="rId10"/>
-[...2 lines deleted...]
-          <w:footerReference w:type="first" r:id="rId13"/>
+          <w:footerReference w:type="default" r:id="rId10"/>
+          <w:headerReference w:type="first" r:id="rId11"/>
+          <w:footerReference w:type="first" r:id="rId12"/>
           <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
           <w:pgMar w:top="1418" w:right="1418" w:bottom="1134" w:left="1418" w:header="737" w:footer="737" w:gutter="0"/>
           <w:cols w:space="720"/>
           <w:titlePg/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Bookman Old Style" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:bidi="ar-JO"/>
         </w:rPr>
         <w:t>IJAIA</w:t>
       </w:r>
       <w:r w:rsidR="003A6C60" w:rsidRPr="004135FF">
         <w:rPr>
           <w:rFonts w:ascii="Bookman Old Style" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Bookman Old Style" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
@@ -1280,78 +1278,76 @@
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F109FE" w:rsidRPr="004135FF">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>must conform to this layout</w:t>
       </w:r>
       <w:r w:rsidR="00F109FE" w:rsidRPr="004135FF">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="005D0CEB" w:rsidRPr="004135FF">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="005D0CEB" w:rsidRPr="004135FF">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>h</w:t>
       </w:r>
       <w:r w:rsidR="005D0CEB" w:rsidRPr="004135FF">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00AD6736" w:rsidRPr="004135FF">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cstheme="majorBidi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> simplest approach is to use this template and insert headings and text into it as appropriate.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4F253289" w14:textId="77777777" w:rsidR="00E712BA" w:rsidRDefault="00E712BA" w:rsidP="00DA6F75">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="216"/>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:before="360" w:after="120"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cstheme="majorBidi"/>
@@ -2515,65 +2511,51 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1687" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5F5AB56E" w14:textId="77777777" w:rsidR="00AE1592" w:rsidRPr="004135FF" w:rsidRDefault="00AE1592" w:rsidP="00690C01">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004135FF">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
             <w:r w:rsidR="00165F8D" w:rsidRPr="004135FF">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
-              <w:t>2 pt</w:t>
-[...13 lines deleted...]
-              <w:t>, bold</w:t>
+              <w:t>2 pt. BA, bold</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1049" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="35EF33E0" w14:textId="77777777" w:rsidR="00AE1592" w:rsidRPr="004135FF" w:rsidRDefault="00165F8D" w:rsidP="00690C01">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004135FF">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t>Single, 6 pt. after</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="004135FF" w:rsidRPr="004135FF" w14:paraId="72A70E31" w14:textId="77777777" w:rsidTr="00A05F81">
@@ -3172,65 +3154,51 @@
             </w:pPr>
             <w:r w:rsidRPr="004135FF">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t>Left</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1687" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2CD820C1" w14:textId="77777777" w:rsidR="00AE1592" w:rsidRPr="004135FF" w:rsidRDefault="00C97B91" w:rsidP="00605A6E">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004135FF">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
-              <w:t xml:space="preserve">11 </w:t>
-[...13 lines deleted...]
-              <w:t>. bold BA</w:t>
+              <w:t>11 pt. bold BA</w:t>
             </w:r>
             <w:r w:rsidR="00AE1592" w:rsidRPr="004135FF">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t>, capital ca</w:t>
             </w:r>
             <w:r w:rsidR="00605A6E" w:rsidRPr="004135FF">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
               </w:rPr>
               <w:t>se</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1049" w:type="pct"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="7A6D4641" w14:textId="77777777" w:rsidR="00AE1592" w:rsidRPr="004135FF" w:rsidRDefault="00C97B91" w:rsidP="00690C01">
             <w:pPr>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
@@ -4046,91 +4014,80 @@
         </w:rPr>
         <w:t>14</w:t>
       </w:r>
       <w:r w:rsidRPr="004135FF">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pt.</w:t>
       </w:r>
       <w:r w:rsidR="00FB4D58" w:rsidRPr="004135FF">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="004135FF">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00690C01" w:rsidRPr="004135FF">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Bookman Old Style</w:t>
       </w:r>
       <w:r w:rsidRPr="004135FF">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> font,</w:t>
-[...9 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> font, </w:t>
+      </w:r>
       <w:r w:rsidR="004066EF" w:rsidRPr="004135FF">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>cent</w:t>
       </w:r>
       <w:r w:rsidR="004066EF" w:rsidRPr="004135FF">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>ere</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="004135FF">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
       <w:r w:rsidR="00690C01" w:rsidRPr="004135FF">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and using the bold and </w:t>
       </w:r>
       <w:r w:rsidR="00690C01" w:rsidRPr="004135FF">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Title Case (first letter of each word is capital)</w:t>
       </w:r>
       <w:r w:rsidR="00394FDF" w:rsidRPr="004135FF">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
@@ -4823,83 +4780,73 @@
       </w:r>
       <w:r w:rsidR="00415251" w:rsidRPr="004135FF">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve"> layout of the abstract should be in 9 pt. </w:t>
       </w:r>
       <w:r w:rsidR="00B4206C" w:rsidRPr="004135FF">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00415251" w:rsidRPr="004135FF">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">Book </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00394FDF" w:rsidRPr="004135FF">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Antiqua</w:t>
       </w:r>
       <w:r w:rsidR="00415251" w:rsidRPr="004135FF">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00415251" w:rsidRPr="004135FF">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve"> with</w:t>
-[...8 lines deleted...]
-        <w:t xml:space="preserve"> single line spacing and </w:t>
+        <w:t xml:space="preserve"> with single line spacing and </w:t>
       </w:r>
       <w:r w:rsidR="00415251" w:rsidRPr="004135FF">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>fully jus</w:t>
       </w:r>
       <w:r w:rsidR="00961F84" w:rsidRPr="004135FF">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>tified</w:t>
       </w:r>
       <w:r w:rsidR="00B4206C" w:rsidRPr="004135FF">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4EF1D08F" w14:textId="77777777" w:rsidR="00B4206C" w:rsidRPr="004135FF" w:rsidRDefault="00B4206C" w:rsidP="002A2A8B">
@@ -5391,67 +5338,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">to be </w:t>
       </w:r>
       <w:r w:rsidR="00415251" w:rsidRPr="004135FF">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>numbered</w:t>
       </w:r>
       <w:r w:rsidR="004F1377" w:rsidRPr="004135FF">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> as:</w:t>
       </w:r>
       <w:r w:rsidR="00415251" w:rsidRPr="004135FF">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> 1.2.</w:t>
+        <w:t xml:space="preserve"> 1.1. ; 1.2.</w:t>
       </w:r>
       <w:r w:rsidR="00712A31" w:rsidRPr="004135FF">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and written </w:t>
       </w:r>
       <w:r w:rsidRPr="004135FF">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>in 1</w:t>
       </w:r>
       <w:r w:rsidR="00415251" w:rsidRPr="004135FF">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidRPr="004135FF">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
@@ -5805,243 +5736,161 @@
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Follow internationally accepted rules and conventions: use the International System of units (SI). If other quantities are mentioned, give their equivalent in SI.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0412C6FB" w14:textId="77777777" w:rsidR="0088393D" w:rsidRPr="004135FF" w:rsidRDefault="0088393D" w:rsidP="0088393D">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004135FF">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Number consecutively any equations that </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> be displayed separately from the text (if referred to explicitly in the text). </w:t>
+        <w:t xml:space="preserve">Number consecutively any equations that have to be displayed separately from the text (if referred to explicitly in the text). </w:t>
       </w:r>
       <w:r w:rsidR="004F1377" w:rsidRPr="004135FF">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Equations can be </w:t>
       </w:r>
       <w:r w:rsidR="00E170F9" w:rsidRPr="004135FF">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>referred to</w:t>
       </w:r>
       <w:r w:rsidR="004F1377" w:rsidRPr="004135FF">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> as: Eq. (1), Eq. (2), </w:t>
       </w:r>
       <w:r w:rsidR="00E170F9" w:rsidRPr="004135FF">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">or </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="004F1377" w:rsidRPr="004135FF">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Eqs</w:t>
-[...8 lines deleted...]
-        <w:t>. (1) and (2).</w:t>
+        <w:t>Eqs. (1) and (2).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5F684135" w14:textId="77777777" w:rsidR="003757CE" w:rsidRPr="004135FF" w:rsidRDefault="003757CE" w:rsidP="003757CE">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:spacing w:before="360" w:after="120"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004135FF">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Figures and Tables</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D9A66AB" w14:textId="77777777" w:rsidR="00FF5D93" w:rsidRPr="004135FF" w:rsidRDefault="00FF5D93" w:rsidP="00FF5D93">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004135FF">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">All inserts, figures, diagrams, photographs and tables must be </w:t>
-[...35 lines deleted...]
-        <w:t>) and at a scale of 100%. They must be incorporated into the text and submitted separately as original graphics files</w:t>
+        <w:t>All inserts, figures, diagrams, photographs and tables must be centre-aligned, clear. All figures should be prepared with high resolution (&gt; 450 dpi) and at a scale of 100%. They must be incorporated into the text and submitted separately as original graphics files</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="676194D8" w14:textId="14C4AF49" w:rsidR="00FF5D93" w:rsidRDefault="00FF5D93" w:rsidP="00FF5D93">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004135FF">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Figures must be abbreviated as (Fig.) and numbered consecutively, 1, 2, etc., from the beginning to the end of the article (e.g. Fig. 1). Tables are also to be numbered consecutively, 1, 2, etc., from the beginning to the end of the article (e</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve">. Table 1) and independently from the figures. </w:t>
+        <w:t xml:space="preserve">Figures must be abbreviated as (Fig.) and numbered consecutively, 1, 2, etc., from the beginning to the end of the article (e.g. Fig. 1). Tables are also to be numbered consecutively, 1, 2, etc., from the beginning to the end of the article (e. g. Table 1) and independently from the figures. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Table</w:t>
       </w:r>
       <w:r w:rsidRPr="004135FF">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 1 shows an example of </w:t>
       </w:r>
       <w:r w:rsidR="00A77545">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>IJAIA</w:t>
       </w:r>
@@ -6065,105 +5914,51 @@
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>’ format.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="259823CC" w14:textId="09456A31" w:rsidR="00FF5D93" w:rsidRDefault="00FF5D93" w:rsidP="00FF5D93">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004135FF">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">In the figures, the titles of x-axis and y-axis should be in Calibri, bold and with “capital case” 12 pt font size. If these titles contain units, then they should be placed in square </w:t>
-[...53 lines deleted...]
-        <w:t xml:space="preserve"> Calibri, bold, 10 pt font size. All legends inside the figure should be in Calibri, bold and with 10 pt. font size. A line spacing of 11 pt. should be added after each figure caption</w:t>
+        <w:t>In the figures, the titles of x-axis and y-axis should be in Calibri, bold and with “capital case” 12 pt font size. If these titles contain units, then they should be placed in square brackets;    e. g. [m/s]. All values on x-axis and y-axis should in Calibri, bold, 10 pt font size. All legends inside the figure should be in Calibri, bold and with 10 pt. font size. A line spacing of 11 pt. should be added after each figure caption</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="004135FF">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fig. 1 shows an example of </w:t>
       </w:r>
       <w:r w:rsidR="00A77545">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>IJAIA</w:t>
       </w:r>
@@ -6223,51 +6018,51 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="4278FC00" w14:textId="77777777" w:rsidR="00FF5D93" w:rsidRDefault="00FF5D93" w:rsidP="00FF5D93">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Book Antiqua" w:cstheme="majorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-JO"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="004135FF">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="78B24AFA" wp14:editId="6AF35F17">
             <wp:extent cx="3957638" cy="2609850"/>
             <wp:effectExtent l="0" t="0" r="5080" b="0"/>
             <wp:docPr id="12" name="Chart 12"/>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
-                <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId14"/>
+                <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId13"/>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:br w:type="textWrapping" w:clear="all"/>
       </w:r>
       <w:r w:rsidRPr="004135FF">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Book Antiqua" w:cstheme="majorBidi"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:bidi="ar-JO"/>
         </w:rPr>
         <w:t>Fig. 1. Short-circuit current versus oxide thickness of the conventional and the proposed MIS solar cells.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="36686FA8" w14:textId="77777777" w:rsidR="00FF5D93" w:rsidRDefault="00FF5D93" w:rsidP="00FF5D93">
       <w:pPr>
@@ -6316,124 +6111,70 @@
         </w:rPr>
         <w:t xml:space="preserve"> - as shown in Fig. 2 of this template - then those sub-figures</w:t>
       </w:r>
       <w:r w:rsidRPr="00C2485E">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> should be indicated by bold</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Calibri 10 font </w:t>
       </w:r>
       <w:r w:rsidRPr="00C2485E">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">letters (not numbers), and should be placed (centered) under the figure and inside </w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> e.g. </w:t>
+        <w:t xml:space="preserve">letters (not numbers), and should be placed (centered) under the figure and inside parenthesis; e.g. </w:t>
       </w:r>
       <w:r w:rsidRPr="003B1835">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>(a), (b)</w:t>
       </w:r>
       <w:r w:rsidRPr="00C2485E">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">, etc. The sub-figures should be </w:t>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> the sub-figures should be merged in one figure with one figure caption.</w:t>
+        <w:t>, etc. The sub-figures should be centered and their titles should be moved to the figure caption. All of the sub-figures should be merged in one figure with one figure caption.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D6D6D5C" w14:textId="77777777" w:rsidR="00DC13A7" w:rsidRDefault="00DC13A7" w:rsidP="00FF5D93">
+    <w:p w14:paraId="3D6D6D5C" w14:textId="77777777" w:rsidR="00DC13A7" w:rsidRPr="003E096C" w:rsidRDefault="00DC13A7" w:rsidP="00FF5D93">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2A093B5D" w14:textId="77777777" w:rsidR="00FF5D93" w:rsidRDefault="00DC13A7" w:rsidP="00DC13A7">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Book Antiqua"/>
           <w:bCs/>
@@ -6573,51 +6314,51 @@
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="00DC13A7">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3D94E903" wp14:editId="14BBF561">
             <wp:extent cx="5759450" cy="2221865"/>
             <wp:effectExtent l="0" t="0" r="0" b="6985"/>
             <wp:docPr id="7" name="Picture 7"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId15"/>
+                    <a:blip r:embed="rId14"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="5759450" cy="2221865"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F372990" w14:textId="77777777" w:rsidR="00DC13A7" w:rsidRDefault="00DC13A7" w:rsidP="00FF5D93">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Book Antiqua"/>
@@ -6689,109 +6430,85 @@
           <w:rFonts w:ascii="Book Antiqua" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Book Antiqua"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>urrent waveform of the</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Book Antiqua"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidRPr="009D4005">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Book Antiqua"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">a) </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>SiC</w:t>
-[...11 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t xml:space="preserve">SiC MOSFET; </w:t>
+      </w:r>
       <w:r w:rsidRPr="009D4005">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Book Antiqua"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">b) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Book Antiqua"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009D4005">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Book Antiqua"/>
           <w:bCs/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>SiC</w:t>
-[...10 lines deleted...]
-        <w:t xml:space="preserve"> Schottky diode.</w:t>
+        <w:t>SiC Schottky diode.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B735DF8" w14:textId="77777777" w:rsidR="00FF5D93" w:rsidRDefault="00FF5D93" w:rsidP="00FF5D93">
       <w:pPr>
         <w:spacing w:line="276" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="23E8D028" w14:textId="77777777" w:rsidR="007D7E91" w:rsidRDefault="007D7E91" w:rsidP="0037700E">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="34"/>
         </w:numPr>
         <w:spacing w:before="360" w:after="120"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
@@ -7083,296 +6800,190 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5000" w:type="pct"/>
             <w:shd w:val="pct5" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="5AFEEC1E" w14:textId="77777777" w:rsidR="00466FA0" w:rsidRPr="001B0D33" w:rsidRDefault="00466FA0" w:rsidP="00A100F3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B0D33">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Input</w:t>
-[...26 lines deleted...]
-              <w:t>r</w:t>
+              <w:t>Input: A graph G (V, E) for the targeted area, start (r</w:t>
             </w:r>
             <w:r w:rsidRPr="001B0D33">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001B0D33">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>) vertex, and end (</w:t>
-[...8 lines deleted...]
-              <w:t>r</w:t>
+              <w:t>) vertex, and end (r</w:t>
             </w:r>
             <w:r w:rsidRPr="001B0D33">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>y</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001B0D33">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>) vertex.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="00B519E9" w14:textId="77777777" w:rsidR="00466FA0" w:rsidRPr="00876846" w:rsidRDefault="00466FA0" w:rsidP="00A100F3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B0D33">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Output: Flight path F[</w:t>
-[...17 lines deleted...]
-              <w:t>] from the starting vertex to the end vertex.</w:t>
+              <w:t>Output: Flight path F[i] from the starting vertex to the end vertex.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3EAFBF69" w14:textId="77777777" w:rsidR="00466FA0" w:rsidRPr="001B0D33" w:rsidRDefault="00466FA0" w:rsidP="00A100F3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Book Antiqua" w:cs="Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B0D33">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">1: BFS (G, </w:t>
-[...8 lines deleted...]
-              <w:t>r</w:t>
+              <w:t>1: BFS (G, r</w:t>
             </w:r>
             <w:r w:rsidRPr="001B0D33">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001B0D33">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">, </w:t>
-[...9 lines deleted...]
-              <w:t>r</w:t>
+              <w:t>, r</w:t>
             </w:r>
             <w:r w:rsidRPr="001B0D33">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>y</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001B0D33">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">)   </w:t>
-[...17 lines deleted...]
-              <w:t>r</w:t>
+              <w:t>)          // r</w:t>
             </w:r>
             <w:r w:rsidRPr="001B0D33">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001B0D33">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> and </w:t>
-[...8 lines deleted...]
-              <w:t>r</w:t>
+              <w:t xml:space="preserve"> and r</w:t>
             </w:r>
             <w:r w:rsidRPr="001B0D33">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>y</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001B0D33">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> could be one of the</w:t>
             </w:r>
             <m:oMath>
               <m:r>
                 <m:rPr>
                   <m:sty m:val="p"/>
                 </m:rPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Cambria Math" w:eastAsia="Times New Roman" w:hAnsi="Cambria Math" w:cs="Courier New"/>
                   <w:sz w:val="20"/>
                   <w:szCs w:val="20"/>
                 </w:rPr>
                 <m:t xml:space="preserve"> [ </m:t>
               </m:r>
               <m:sSub>
                 <m:sSubPr>
                   <m:ctrlPr>
                     <w:rPr>
                       <w:rFonts w:ascii="Cambria Math" w:eastAsia="Times New Roman" w:hAnsi="Cambria Math" w:cs="Courier New"/>
@@ -7579,86 +7190,51 @@
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Book Antiqua" w:cs="Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B0D33">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Book Antiqua" w:cs="Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2:</w:t>
             </w:r>
             <w:r w:rsidRPr="001B0D33">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Book Antiqua" w:cs="Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
-            </w:r>
-[...34 lines deleted...]
-              <w:t xml:space="preserve"> a queue.</w:t>
+              <w:t>let q be a queue.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2942F4C0" w14:textId="77777777" w:rsidR="00466FA0" w:rsidRPr="001B0D33" w:rsidRDefault="00466FA0" w:rsidP="00A100F3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B0D33">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Book Antiqua" w:cs="Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>3:</w:t>
             </w:r>
             <w:r w:rsidRPr="001B0D33">
               <w:rPr>
@@ -7676,158 +7252,127 @@
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B0D33">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">4: </w:t>
             </w:r>
             <w:r w:rsidRPr="001B0D33">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
-            </w:r>
-[...26 lines deleted...]
-              <w:t>r</w:t>
+              <w:t>q.enqueue( r</w:t>
             </w:r>
             <w:r w:rsidRPr="001B0D33">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
-            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidRPr="001B0D33">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> )         </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="015C058A" w14:textId="77777777" w:rsidR="00466FA0" w:rsidRPr="001B0D33" w:rsidRDefault="00466FA0" w:rsidP="00A100F3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B0D33">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>5:</w:t>
             </w:r>
             <w:r w:rsidRPr="001B0D33">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:rtl/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="001B0D33">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">mark </w:t>
             </w:r>
-            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="001B0D33">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>r</w:t>
             </w:r>
             <w:r w:rsidRPr="001B0D33">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>x</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001B0D33">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> as visited</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="424D2C2A" w14:textId="77777777" w:rsidR="00466FA0" w:rsidRPr="001B0D33" w:rsidRDefault="00466FA0" w:rsidP="00A100F3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B0D33">
               <w:rPr>
@@ -7844,183 +7389,117 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
               <w:t>while queue. Length &gt; 0 do</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="25A42778" w14:textId="77777777" w:rsidR="00466FA0" w:rsidRPr="001B0D33" w:rsidRDefault="00466FA0" w:rsidP="00A100F3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B0D33">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>7</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+              <w:t>7:</w:t>
+            </w:r>
             <w:r w:rsidRPr="001B0D33">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>:</w:t>
+              <w:tab/>
             </w:r>
             <w:r w:rsidRPr="001B0D33">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
-            </w:r>
-[...37 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t>v = q.dequeue( )</w:t>
+            </w:r>
           </w:p>
           <w:p w14:paraId="258AEE3A" w14:textId="77777777" w:rsidR="00466FA0" w:rsidRPr="001B0D33" w:rsidRDefault="00466FA0" w:rsidP="00A100F3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B0D33">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>8</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+              <w:t>8:</w:t>
+            </w:r>
             <w:r w:rsidRPr="001B0D33">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>:</w:t>
+              <w:tab/>
             </w:r>
             <w:r w:rsidRPr="001B0D33">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
-            </w:r>
-[...25 lines deleted...]
-              <w:t>r</w:t>
+              <w:t>if v is r</w:t>
             </w:r>
             <w:r w:rsidRPr="001B0D33">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>y</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
             <w:r w:rsidRPr="001B0D33">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> then</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5DE1F36C" w14:textId="77777777" w:rsidR="00466FA0" w:rsidRPr="001B0D33" w:rsidRDefault="00466FA0" w:rsidP="00A100F3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B0D33">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Courier New"/>
@@ -8052,169 +7531,115 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
               <w:t>return v</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="40445398" w14:textId="77777777" w:rsidR="00466FA0" w:rsidRPr="001B0D33" w:rsidRDefault="00466FA0" w:rsidP="00A100F3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B0D33">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>10</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramStart"/>
+              <w:t>10:</w:t>
+            </w:r>
             <w:r w:rsidRPr="001B0D33">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>:</w:t>
+              <w:tab/>
             </w:r>
             <w:r w:rsidRPr="001B0D33">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
-            </w:r>
-[...34 lines deleted...]
-              <w:t xml:space="preserve"> u of v in Graph G</w:t>
+              <w:t>for all neighbours u of v in Graph G</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1847D480" w14:textId="77777777" w:rsidR="00466FA0" w:rsidRPr="001B0D33" w:rsidRDefault="00466FA0" w:rsidP="00A100F3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B0D33">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>11:</w:t>
             </w:r>
             <w:r w:rsidRPr="001B0D33">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="001B0D33">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="001B0D33">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
-              <w:t xml:space="preserve">if </w:t>
-[...17 lines deleted...]
-              <w:t xml:space="preserve"> not visited</w:t>
+              <w:t>if u is not visited</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="16AFE3A8" w14:textId="77777777" w:rsidR="00466FA0" w:rsidRPr="001B0D33" w:rsidRDefault="00466FA0" w:rsidP="00A100F3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B0D33">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>12:</w:t>
             </w:r>
             <w:r w:rsidRPr="001B0D33">
               <w:rPr>
@@ -8225,78 +7650,51 @@
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="001B0D33">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="001B0D33">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="001B0D33">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:tab/>
-            </w:r>
-[...26 lines deleted...]
-              <w:t xml:space="preserve"> )</w:t>
+              <w:t>q.enqueue( u )</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="74BD5D80" w14:textId="77777777" w:rsidR="00466FA0" w:rsidRPr="001B0D33" w:rsidRDefault="00466FA0" w:rsidP="00A100F3">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:line="276" w:lineRule="auto"/>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="001B0D33">
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:eastAsia="Times New Roman" w:hAnsi="Book Antiqua" w:cs="Courier New"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>13:</w:t>
             </w:r>
             <w:r w:rsidRPr="001B0D33">
@@ -8643,89 +8041,73 @@
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Manuscripts should be submitted using the </w:t>
       </w:r>
       <w:r w:rsidR="00A77545">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>IJAIA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">’s online submission system </w:t>
       </w:r>
       <w:r w:rsidR="00583323">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:hyperlink r:id="rId16" w:history="1">
+      <w:hyperlink r:id="rId15" w:history="1">
         <w:r w:rsidR="00583323" w:rsidRPr="00A66867">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
             <w:sz w:val="22"/>
           </w:rPr>
           <w:t>https://ijaia.com/index.php/IJAIA/about/submissions</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00583323">
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
           <w:sz w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Submitted manuscripts should be either .doc or .docx format. Final camera-ready versions should </w:t>
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> reviewers’ comments. </w:t>
+        <w:t xml:space="preserve">. Submitted manuscripts should be either .doc or .docx format. Final camera-ready versions should take into account reviewers’ comments. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3B723ED9" w14:textId="77777777" w:rsidR="008425EC" w:rsidRDefault="008425EC" w:rsidP="008425EC">
       <w:pPr>
         <w:spacing w:before="360" w:after="120"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Acknowledgement: </w:t>
       </w:r>
       <w:r>
@@ -8746,325 +8128,335 @@
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cstheme="majorBidi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:tag w:val="CitaviBibliography"/>
         <w:id w:val="254635445"/>
         <w:placeholder>
           <w:docPart w:val="9A826BA9EA884E63A50DBE77EAA4A486"/>
         </w:placeholder>
       </w:sdtPr>
       <w:sdtContent>
-        <w:p w14:paraId="7D170BC4" w14:textId="43801DA1" w:rsidR="008425EC" w:rsidRDefault="008425EC" w:rsidP="008425EC">
+        <w:p w14:paraId="7D170BC4" w14:textId="43801DA1" w:rsidR="008425EC" w:rsidRDefault="008425EC" w:rsidP="00617510">
           <w:pPr>
             <w:pStyle w:val="CitaviBibliographyEntry"/>
+            <w:jc w:val="left"/>
             <w:rPr>
               <w:rFonts w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
               <w:kern w:val="2"/>
               <w:lang w:val="en-GB"/>
               <w14:ligatures w14:val="standardContextual"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r>
             <w:instrText>ADDIN CitaviBibliography</w:instrText>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:r>
             <w:t>[1]</w:t>
           </w:r>
           <w:r>
             <w:tab/>
             <w:t xml:space="preserve">Y. Omura, “Theoretical estimation of power generation performance of nano-sheet planar lateral p-n junction under illumination,” </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:i/>
             </w:rPr>
             <w:t>Jordan Journal of Electrical Engineering</w:t>
           </w:r>
           <w:r>
             <w:t>, vol. 9, no. 3, pp. 272-284, 2023, doi: 10.5455/</w:t>
           </w:r>
           <w:r w:rsidR="00A77545">
             <w:t>IJAIA</w:t>
           </w:r>
           <w:r>
             <w:t>.204-1677985772</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="782B5197" w14:textId="77777777" w:rsidR="008425EC" w:rsidRDefault="008425EC" w:rsidP="008425EC">
+        <w:p w14:paraId="782B5197" w14:textId="77777777" w:rsidR="008425EC" w:rsidRDefault="008425EC" w:rsidP="00617510">
           <w:pPr>
             <w:pStyle w:val="CitaviBibliographyEntry"/>
+            <w:jc w:val="left"/>
           </w:pPr>
           <w:r>
             <w:t>[2]</w:t>
           </w:r>
           <w:r>
             <w:tab/>
           </w:r>
           <w:bookmarkStart w:id="0" w:name="_CTVL00108b7b7a28051448d95690a1fa6834626"/>
           <w:r>
             <w:t>S. Raju, G. Pillai, “Design and implementation of type-2 fuzzy logic controller for DFIG-based wind energy systems in distribution networks,”</w:t>
           </w:r>
           <w:bookmarkEnd w:id="0"/>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:i/>
             </w:rPr>
             <w:t>IEEE Transactions on Sustainable Energy</w:t>
           </w:r>
           <w:r>
             <w:t>, vol. 7,  no. 1, pp. 345–353, 2016, doi: 10.1109/TSTE.2015.2496170.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="30E60392" w14:textId="77777777" w:rsidR="008425EC" w:rsidRDefault="008425EC" w:rsidP="008425EC">
+        <w:p w14:paraId="30E60392" w14:textId="77777777" w:rsidR="008425EC" w:rsidRDefault="008425EC" w:rsidP="00617510">
           <w:pPr>
             <w:pStyle w:val="CitaviBibliographyEntry"/>
+            <w:jc w:val="left"/>
           </w:pPr>
           <w:r>
             <w:t>[3]</w:t>
           </w:r>
           <w:r>
             <w:tab/>
           </w:r>
           <w:bookmarkStart w:id="1" w:name="_CTVL001d256dd1d0d9c4eb88ad26a095ce6584e"/>
           <w:r>
             <w:t>R. Warty, M. Tofighi, U. Kawoos, A. Rosen, “Characterization of implantable antennas for intracranial pressure monitoring: Reflection by and transmission through a scalp phantom,”</w:t>
           </w:r>
           <w:bookmarkEnd w:id="1"/>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:i/>
             </w:rPr>
             <w:t>IEEE Transactions on Microwave Theory and Techniques</w:t>
           </w:r>
           <w:r>
             <w:t xml:space="preserve">, vol. 56, no. 10, pp. 2366–2376, 2008, </w:t>
           </w:r>
           <w:r w:rsidR="00107F9C">
             <w:t xml:space="preserve">                    </w:t>
           </w:r>
           <w:r>
             <w:t xml:space="preserve">doi: 10.1109/TMTT.2008.2004254. </w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="0323B94E" w14:textId="77777777" w:rsidR="008425EC" w:rsidRDefault="008425EC" w:rsidP="008425EC">
+        <w:p w14:paraId="0323B94E" w14:textId="77777777" w:rsidR="008425EC" w:rsidRDefault="008425EC" w:rsidP="00617510">
           <w:pPr>
             <w:pStyle w:val="CitaviBibliographyEntry"/>
+            <w:jc w:val="left"/>
           </w:pPr>
           <w:r>
             <w:t xml:space="preserve">[4]  N. Daina, A. Sivakumar, J. Polak, “Electric vehicle charging choices: Modelling and implications for smart charging services,” </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:i/>
               <w:iCs/>
             </w:rPr>
             <w:t>Transportation Research Part C</w:t>
           </w:r>
           <w:r>
             <w:t>, vol. 81, pp. 36–56, 2017,                                                        doi: 10.1016/j.trc.2017.05.006.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="0C88A0D5" w14:textId="77777777" w:rsidR="008425EC" w:rsidRDefault="008425EC" w:rsidP="008425EC">
+        <w:p w14:paraId="0C88A0D5" w14:textId="77777777" w:rsidR="008425EC" w:rsidRDefault="008425EC" w:rsidP="00617510">
           <w:pPr>
             <w:pStyle w:val="CitaviBibliographyEntry"/>
+            <w:jc w:val="left"/>
           </w:pPr>
           <w:r>
             <w:t>[5]</w:t>
           </w:r>
           <w:r>
             <w:tab/>
             <w:t xml:space="preserve">T. Solanke, V. Ramachandaramurthy, J. Yong, J. Pasupuleti, P. Kasinathan, A. Rajagopalan, “A review of strategic charging–discharging control of grid-connected electric vehicles,” </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:i/>
               <w:iCs/>
             </w:rPr>
             <w:t>Journal of Energy Storage</w:t>
           </w:r>
           <w:r>
             <w:t>, vol. 28, p. 101193, 2020, doi: 10.1016/j.est.2020.101193.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="708EC765" w14:textId="77777777" w:rsidR="008425EC" w:rsidRDefault="008425EC" w:rsidP="008425EC">
+        <w:p w14:paraId="708EC765" w14:textId="77777777" w:rsidR="008425EC" w:rsidRDefault="008425EC" w:rsidP="00617510">
           <w:pPr>
             <w:pStyle w:val="CitaviBibliographyEntry"/>
+            <w:jc w:val="left"/>
           </w:pPr>
           <w:r>
             <w:t>[6]</w:t>
           </w:r>
           <w:r>
             <w:tab/>
           </w:r>
           <w:bookmarkStart w:id="2" w:name="_CTVL00138130583b6b444668d97ed1b063cda0a"/>
           <w:r>
             <w:t>P. Kundur,</w:t>
           </w:r>
           <w:bookmarkEnd w:id="2"/>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:i/>
             </w:rPr>
             <w:t>Power System Stability and Control</w:t>
           </w:r>
           <w:r>
             <w:t>, McGraw-Hill, New York, 1994.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="3084717B" w14:textId="77777777" w:rsidR="008425EC" w:rsidRDefault="008425EC" w:rsidP="008425EC">
+        <w:p w14:paraId="3084717B" w14:textId="77777777" w:rsidR="008425EC" w:rsidRDefault="008425EC" w:rsidP="00617510">
           <w:pPr>
             <w:pStyle w:val="CitaviBibliographyEntry"/>
+            <w:jc w:val="left"/>
           </w:pPr>
           <w:r>
             <w:t>[7]</w:t>
           </w:r>
           <w:r>
             <w:tab/>
           </w:r>
           <w:bookmarkStart w:id="3" w:name="_CTVL0015d889423d7af44e9915a4f4de97482c8"/>
           <w:r>
             <w:t xml:space="preserve">A. Taskin, T. Kumbasar, “An open source Matlab/Simulink toolbox for interval </w:t>
           </w:r>
           <w:r w:rsidR="00F20B8C">
             <w:t xml:space="preserve">                         </w:t>
           </w:r>
           <w:r>
             <w:t xml:space="preserve">type-2 fuzzy logic systems,” IEEE Symposium Series on Computational Intelligence, 2015, </w:t>
           </w:r>
           <w:r w:rsidR="00F20B8C">
             <w:t xml:space="preserve">        </w:t>
           </w:r>
           <w:r>
             <w:t>doi: 10.1109/SSCI.2015.220.</w:t>
           </w:r>
         </w:p>
         <w:bookmarkEnd w:id="3"/>
-        <w:p w14:paraId="640259B7" w14:textId="77777777" w:rsidR="008425EC" w:rsidRDefault="008425EC" w:rsidP="008425EC">
+        <w:p w14:paraId="640259B7" w14:textId="77777777" w:rsidR="008425EC" w:rsidRDefault="008425EC" w:rsidP="00617510">
           <w:pPr>
             <w:pStyle w:val="CitaviBibliographyEntry"/>
+            <w:jc w:val="left"/>
           </w:pPr>
           <w:r>
             <w:t>[8]</w:t>
           </w:r>
           <w:r>
             <w:tab/>
           </w:r>
           <w:bookmarkStart w:id="4" w:name="_CTVL001d28845c0ae5449dbb3ec79532ab2d3df"/>
           <w:r>
             <w:rPr>
               <w:i/>
               <w:iCs/>
             </w:rPr>
             <w:t>CST-Computer Simulation Technology,</w:t>
           </w:r>
           <w:bookmarkEnd w:id="4"/>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:iCs/>
             </w:rPr>
             <w:t>2013</w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:i/>
             </w:rPr>
             <w:t xml:space="preserve">, </w:t>
           </w:r>
           <w:r>
             <w:t>http://www.CST.com.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="4938C01C" w14:textId="77777777" w:rsidR="008425EC" w:rsidRDefault="008425EC" w:rsidP="008425EC">
+        <w:p w14:paraId="4938C01C" w14:textId="77777777" w:rsidR="008425EC" w:rsidRDefault="008425EC" w:rsidP="00617510">
           <w:pPr>
             <w:pStyle w:val="CitaviBibliographyEntry"/>
+            <w:jc w:val="left"/>
           </w:pPr>
           <w:r>
             <w:t>[9]</w:t>
           </w:r>
           <w:r>
             <w:tab/>
           </w:r>
           <w:bookmarkStart w:id="5" w:name="_CTVL0017caade46922b419d986953e3717f467f"/>
           <w:r>
             <w:t>D. Andreuccetti, R. Fossi, C. Petrucci, “Calculation of the dielectric properties of body tissues in the frequency range 10 Hz - 100 GHz,”</w:t>
           </w:r>
           <w:bookmarkEnd w:id="5"/>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:i/>
             </w:rPr>
             <w:t xml:space="preserve">Institute for Applied Physics, </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:iCs/>
             </w:rPr>
             <w:t xml:space="preserve">Italian National Research Council, Florence, Italy, 1997, </w:t>
           </w:r>
           <w:r>
             <w:t>http://niremf.ifac.cnr.it/tissprop.</w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="212ECAF7" w14:textId="77777777" w:rsidR="008425EC" w:rsidRDefault="008425EC" w:rsidP="008425EC">
+        <w:p w14:paraId="212ECAF7" w14:textId="77777777" w:rsidR="008425EC" w:rsidRDefault="008425EC" w:rsidP="00617510">
           <w:pPr>
             <w:pStyle w:val="CitaviBibliographyEntry"/>
+            <w:jc w:val="left"/>
           </w:pPr>
           <w:r>
             <w:t>[10]</w:t>
           </w:r>
           <w:r>
             <w:tab/>
           </w:r>
           <w:bookmarkStart w:id="6" w:name="_CTVL0013868201036f546ab9d269392c6277762"/>
           <w:r>
             <w:t>A. Alqudah, S. Qazan, “Augmented COVID-19 X-ray images dataset,”</w:t>
           </w:r>
           <w:bookmarkEnd w:id="6"/>
           <w:r>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r>
             <w:rPr>
               <w:i/>
             </w:rPr>
             <w:t xml:space="preserve">Mendeley Data, Version 4, 2020, </w:t>
           </w:r>
           <w:r>
             <w:t>https://data.mendeley.com/datasets/2fxz4px6d8/4.</w:t>
           </w:r>
           <w:r>
@@ -9072,74 +8464,74 @@
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w14:paraId="1B2D2293" w14:textId="77777777" w:rsidR="008425EC" w:rsidRDefault="008425EC" w:rsidP="008425EC"/>
     <w:p w14:paraId="2D9427C3" w14:textId="77777777" w:rsidR="008425EC" w:rsidRDefault="008425EC" w:rsidP="008425EC">
       <w:pPr>
         <w:spacing w:after="120" w:line="288" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Book Antiqua" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="27C62CD2" w14:textId="77777777" w:rsidR="00BC2B1D" w:rsidRPr="004A6274" w:rsidRDefault="00BC2B1D" w:rsidP="008425EC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:before="360" w:after="120"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Book Antiqua" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Book Antiqua" w:cstheme="minorBidi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="00BC2B1D" w:rsidRPr="004A6274" w:rsidSect="00321753">
+    <w:sectPr w:rsidR="00BC2B1D" w:rsidRPr="004A6274" w:rsidSect="005837C4">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1418" w:right="1418" w:bottom="1134" w:left="1418" w:header="737" w:footer="737" w:gutter="0"/>
-      <w:pgNumType w:start="202"/>
+      <w:pgNumType w:start="1"/>
       <w:cols w:space="360"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="45D73368" w14:textId="77777777" w:rsidR="008A20B3" w:rsidRDefault="008A20B3" w:rsidP="001A3B3D">
+    <w:p w14:paraId="05C5D5E5" w14:textId="77777777" w:rsidR="0023466D" w:rsidRDefault="0023466D" w:rsidP="001A3B3D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="73400486" w14:textId="77777777" w:rsidR="008A20B3" w:rsidRDefault="008A20B3" w:rsidP="001A3B3D">
+    <w:p w14:paraId="7825DA41" w14:textId="77777777" w:rsidR="0023466D" w:rsidRDefault="0023466D" w:rsidP="001A3B3D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -9248,73 +8640,63 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="AdvPSUnv">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="68F83668" w14:textId="77777777" w:rsidR="00B9371B" w:rsidRDefault="00B9371B">
-[...8 lines deleted...]
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4B6AEB8D" w14:textId="77777777" w:rsidR="007B7614" w:rsidRPr="00F314EB" w:rsidRDefault="007B7614" w:rsidP="00171C59">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cstheme="minorHAnsi"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="60FBBD96" w14:textId="77777777" w:rsidR="007B7614" w:rsidRDefault="007B7614" w:rsidP="00210405">
     <w:pPr>
       <w:pStyle w:val="TTPParagraph1st"/>
       <w:jc w:val="left"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:eastAsia="en-US"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251653120" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="349C4BBF" wp14:editId="6B12BB12">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>-43180</wp:posOffset>
               </wp:positionH>
@@ -9431,106 +8813,147 @@
     <w:hyperlink r:id="rId1" w:history="1">
       <w:r w:rsidRPr="00AA22CB">
         <w:rPr>
           <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:t>https://doi.org/</w:t>
       </w:r>
     </w:hyperlink>
     <w:r w:rsidR="00922184">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3060CAE2" w14:textId="77777777" w:rsidR="008A20B3" w:rsidRDefault="008A20B3" w:rsidP="001A3B3D">
+    <w:p w14:paraId="12930007" w14:textId="77777777" w:rsidR="0023466D" w:rsidRDefault="0023466D" w:rsidP="001A3B3D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0DCDCE42" w14:textId="77777777" w:rsidR="008A20B3" w:rsidRDefault="008A20B3" w:rsidP="001A3B3D">
+    <w:p w14:paraId="1450C481" w14:textId="77777777" w:rsidR="0023466D" w:rsidRDefault="0023466D" w:rsidP="001A3B3D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:id w:val="635301536"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cs="Times New Roman"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="1A34BDF1" w14:textId="6313E585" w:rsidR="007B7614" w:rsidRPr="0019536C" w:rsidRDefault="00466D09" w:rsidP="00224E8B">
+      <w:p w14:paraId="1A34BDF1" w14:textId="02524223" w:rsidR="007B7614" w:rsidRPr="0019536C" w:rsidRDefault="005837C4" w:rsidP="00224E8B">
         <w:pPr>
           <w:pStyle w:val="Header"/>
           <w:jc w:val="left"/>
           <w:rPr>
             <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
             <w:b/>
             <w:bCs/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
           </w:rPr>
-          <w:t>XXX</w:t>
+          <w:fldChar w:fldCharType="begin"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="separate"/>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+            <w:b/>
+            <w:bCs/>
+            <w:noProof/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:t>202</w:t>
+        </w:r>
+        <w:r>
+          <w:rPr>
+            <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+            <w:b/>
+            <w:bCs/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+          </w:rPr>
+          <w:fldChar w:fldCharType="end"/>
         </w:r>
         <w:r w:rsidR="007B7614" w:rsidRPr="00EA38DA">
           <w:rPr>
             <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t xml:space="preserve">                                      </w:t>
         </w:r>
         <w:r w:rsidR="001D17A1">
           <w:rPr>
             <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t xml:space="preserve">                  </w:t>
         </w:r>
         <w:r w:rsidR="00A77545" w:rsidRPr="00A77545">
           <w:rPr>
             <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:t>International Journal of Artificial Intelligence</w:t>
         </w:r>
@@ -9647,51 +9070,51 @@
     <w:sdtEndPr>
       <w:rPr>
         <w:rFonts w:cstheme="minorHAnsi"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
             <w:sz w:val="16"/>
             <w:szCs w:val="16"/>
           </w:rPr>
           <w:id w:val="843748319"/>
           <w:docPartObj>
             <w:docPartGallery w:val="Page Numbers (Top of Page)"/>
             <w:docPartUnique/>
           </w:docPartObj>
         </w:sdtPr>
         <w:sdtEndPr>
           <w:rPr>
             <w:rFonts w:cstheme="minorHAnsi"/>
           </w:rPr>
         </w:sdtEndPr>
         <w:sdtContent>
-          <w:p w14:paraId="42F496DE" w14:textId="602F41AE" w:rsidR="007B7614" w:rsidRPr="00374805" w:rsidRDefault="004B1D65" w:rsidP="00302891">
+          <w:p w14:paraId="42F496DE" w14:textId="548ECD9C" w:rsidR="007B7614" w:rsidRPr="00374805" w:rsidRDefault="004B1D65" w:rsidP="00302891">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A77545">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t>International Journal of Artificial Intelligence</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua" w:cs="Times-Roman;Times New Roman"/>
                 <w:iCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -9754,59 +9177,100 @@
             </w:r>
             <w:r w:rsidR="007B7614" w:rsidRPr="00374805">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">           </w:t>
             </w:r>
             <w:r w:rsidR="001D17A1" w:rsidRPr="00374805">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">                    </w:t>
             </w:r>
             <w:r w:rsidR="007B7614" w:rsidRPr="00374805">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
               </w:rPr>
               <w:t xml:space="preserve">                         </w:t>
             </w:r>
-            <w:r w:rsidR="007257C4" w:rsidRPr="00374805">
+            <w:r w:rsidR="005837C4">
               <w:rPr>
                 <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
               </w:rPr>
-              <w:t>XXX</w:t>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidR="005837C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="005837C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="005837C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="005837C4">
+              <w:rPr>
+                <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:sdtContent>
       </w:sdt>
     </w:sdtContent>
   </w:sdt>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="TableGrid"/>
       <w:tblW w:w="5114" w:type="pct"/>
       <w:tblInd w:w="-34" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
@@ -9948,51 +9412,51 @@
           <w:tcW w:w="2531" w:type="pct"/>
         </w:tcPr>
         <w:p w14:paraId="54CCDB82" w14:textId="77777777" w:rsidR="00243970" w:rsidRDefault="007B7614" w:rsidP="00243970">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:tabs>
               <w:tab w:val="center" w:pos="4320"/>
               <w:tab w:val="right" w:pos="8640"/>
             </w:tabs>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="00243970">
             <w:rPr>
               <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t xml:space="preserve">     </w:t>
           </w:r>
         </w:p>
-        <w:p w14:paraId="520DF91F" w14:textId="77777777" w:rsidR="00916AB7" w:rsidRDefault="007B7614" w:rsidP="00021E21">
+        <w:p w14:paraId="520DF91F" w14:textId="4ACFC7D0" w:rsidR="00916AB7" w:rsidRDefault="007B7614" w:rsidP="00021E21">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:tabs>
               <w:tab w:val="center" w:pos="4320"/>
               <w:tab w:val="right" w:pos="8640"/>
             </w:tabs>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:cstheme="minorHAnsi"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="0035792A">
             <w:rPr>
               <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:cstheme="minorHAnsi"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>Volume X</w:t>
           </w:r>
           <w:r w:rsidR="00E21E98">
             <w:rPr>
               <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:cstheme="minorHAnsi"/>
               <w:sz w:val="16"/>
@@ -10026,97 +9490,285 @@
           </w:r>
           <w:r w:rsidR="00E21E98">
             <w:rPr>
               <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:cstheme="minorHAnsi"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidR="00021E21">
             <w:rPr>
               <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:cstheme="minorHAnsi"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>|</w:t>
           </w:r>
           <w:r w:rsidR="00E21E98">
             <w:rPr>
               <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:cstheme="minorHAnsi"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
-          <w:r w:rsidR="00820923">
+          <w:r w:rsidR="00B43C18">
             <w:rPr>
               <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:cstheme="minorHAnsi"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
-            <w:t xml:space="preserve">Month </w:t>
+            <w:fldChar w:fldCharType="begin"/>
           </w:r>
-          <w:r w:rsidRPr="0035792A">
+          <w:r w:rsidR="00B43C18">
             <w:rPr>
               <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:cstheme="minorHAnsi"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
-            <w:t>20XX</w:t>
+            <w:instrText xml:space="preserve"> DATE  \@ "MMMM"  \* MERGEFORMAT </w:instrText>
           </w:r>
-          <w:r w:rsidR="00E21E98">
+          <w:r w:rsidR="00B43C18">
+            <w:rPr>
+              <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r w:rsidR="00F955D1">
+            <w:rPr>
+              <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:cstheme="minorHAnsi"/>
+              <w:noProof/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>December</w:t>
+          </w:r>
+          <w:r w:rsidR="00B43C18">
+            <w:rPr>
+              <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+          <w:r w:rsidR="000A3639">
             <w:rPr>
               <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:cstheme="minorHAnsi"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
+          </w:r>
+          <w:r w:rsidR="00843C15">
+            <w:rPr>
+              <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+              <w:rtl/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidR="00843C15">
+            <w:rPr>
+              <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+              <w:rtl/>
+            </w:rPr>
+            <w:instrText xml:space="preserve"> </w:instrText>
+          </w:r>
+          <w:r w:rsidR="00843C15">
+            <w:rPr>
+              <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:cstheme="minorHAnsi" w:hint="cs"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:instrText>DATE  \@ "yyyy"  \* MERGEFORMAT</w:instrText>
+          </w:r>
+          <w:r w:rsidR="00843C15">
+            <w:rPr>
+              <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+              <w:rtl/>
+            </w:rPr>
+            <w:instrText xml:space="preserve"> </w:instrText>
+          </w:r>
+          <w:r w:rsidR="00843C15">
+            <w:rPr>
+              <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+              <w:rtl/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r w:rsidR="00F955D1">
+            <w:rPr>
+              <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:cstheme="minorHAnsi" w:hint="eastAsia"/>
+              <w:noProof/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+              <w:rtl/>
+            </w:rPr>
+            <w:t>‏</w:t>
+          </w:r>
+          <w:r w:rsidR="00F955D1">
+            <w:rPr>
+              <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:cstheme="minorHAnsi"/>
+              <w:noProof/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+              <w:rtl/>
+            </w:rPr>
+            <w:t>2025</w:t>
+          </w:r>
+          <w:r w:rsidR="00843C15">
+            <w:rPr>
+              <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+              <w:rtl/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="end"/>
           </w:r>
           <w:r w:rsidR="00021E21">
             <w:rPr>
               <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:cstheme="minorHAnsi"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t>|</w:t>
           </w:r>
           <w:r w:rsidR="00E21E98">
             <w:rPr>
               <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:cstheme="minorHAnsi"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
           <w:r w:rsidRPr="0035792A">
             <w:rPr>
               <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:cstheme="minorHAnsi"/>
               <w:sz w:val="16"/>
               <w:szCs w:val="16"/>
             </w:rPr>
-            <w:t>Pages XXX-XXX</w:t>
+            <w:t xml:space="preserve">Pages </w:t>
+          </w:r>
+          <w:r w:rsidR="00692806">
+            <w:rPr>
+              <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidR="00692806">
+            <w:rPr>
+              <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:instrText xml:space="preserve"> PAGE  \* Arabic  \* MERGEFORMAT </w:instrText>
+          </w:r>
+          <w:r w:rsidR="00692806">
+            <w:rPr>
+              <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r w:rsidR="00692806">
+            <w:rPr>
+              <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:cstheme="minorHAnsi"/>
+              <w:noProof/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>1</w:t>
+          </w:r>
+          <w:r w:rsidR="00692806">
+            <w:rPr>
+              <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="end"/>
+          </w:r>
+          <w:r w:rsidRPr="0035792A">
+            <w:rPr>
+              <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>-</w:t>
+          </w:r>
+          <w:r w:rsidR="00692806">
+            <w:rPr>
+              <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="begin"/>
+          </w:r>
+          <w:r w:rsidR="00692806">
+            <w:rPr>
+              <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:instrText xml:space="preserve"> NUMPAGES  \* Arabic  \* MERGEFORMAT </w:instrText>
+          </w:r>
+          <w:r w:rsidR="00692806">
+            <w:rPr>
+              <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="separate"/>
+          </w:r>
+          <w:r w:rsidR="00692806">
+            <w:rPr>
+              <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:cstheme="minorHAnsi"/>
+              <w:noProof/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:t>6</w:t>
+          </w:r>
+          <w:r w:rsidR="00692806">
+            <w:rPr>
+              <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT" w:cstheme="minorHAnsi"/>
+              <w:sz w:val="16"/>
+              <w:szCs w:val="16"/>
+            </w:rPr>
+            <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
         <w:p w14:paraId="7D1AFBE4" w14:textId="77777777" w:rsidR="00916AB7" w:rsidRPr="00916AB7" w:rsidRDefault="00916AB7" w:rsidP="00916AB7">
           <w:pPr>
             <w:pStyle w:val="Header"/>
             <w:tabs>
               <w:tab w:val="center" w:pos="4320"/>
               <w:tab w:val="right" w:pos="8640"/>
             </w:tabs>
             <w:jc w:val="right"/>
             <w:rPr>
               <w:rFonts w:ascii="Calisto MT" w:hAnsi="Calisto MT"/>
               <w:sz w:val="6"/>
               <w:szCs w:val="6"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="64366C11" w14:textId="72590625" w:rsidR="009D357E" w:rsidRDefault="00B9371B" w:rsidP="00210405">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="both"/>
     </w:pPr>
@@ -10253,105 +9905,105 @@
                           </w:pPr>
                           <w:r w:rsidRPr="002A214D">
                             <w:rPr>
                               <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                               <w:b/>
                               <w:color w:val="000000" w:themeColor="text1"/>
                               <w:sz w:val="28"/>
                               <w:szCs w:val="28"/>
                             </w:rPr>
                             <w:t>International Journal of Artificial Intelligence Applications</w:t>
                           </w:r>
                         </w:p>
                         <w:p w14:paraId="0F75CA11" w14:textId="77777777" w:rsidR="002A214D" w:rsidRDefault="002A214D" w:rsidP="002A214D">
                           <w:pPr>
                             <w:spacing w:line="276" w:lineRule="auto"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Century Schoolbook" w:hAnsi="Century Schoolbook" w:cs="AdvPSUnv"/>
                               <w:i/>
                               <w:iCs/>
                               <w:color w:val="000000" w:themeColor="text1"/>
                               <w:sz w:val="17"/>
                               <w:szCs w:val="17"/>
                             </w:rPr>
                           </w:pPr>
                         </w:p>
-                        <w:p w14:paraId="40388D17" w14:textId="50574E76" w:rsidR="00300655" w:rsidRPr="006F0294" w:rsidRDefault="009D357E" w:rsidP="002A214D">
+                        <w:p w14:paraId="40388D17" w14:textId="4ED83F00" w:rsidR="00300655" w:rsidRPr="006F0294" w:rsidRDefault="009D357E" w:rsidP="002A214D">
                           <w:pPr>
                             <w:spacing w:line="276" w:lineRule="auto"/>
                             <w:rPr>
                               <w:rFonts w:ascii="Century Schoolbook" w:hAnsi="Century Schoolbook" w:cs="AdvPSUnv"/>
                               <w:i/>
                               <w:iCs/>
                               <w:color w:val="000000" w:themeColor="text1"/>
                               <w:sz w:val="17"/>
                               <w:szCs w:val="17"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="006F0294">
                             <w:rPr>
                               <w:rFonts w:ascii="Century Schoolbook" w:hAnsi="Century Schoolbook" w:cs="AdvPSUnv"/>
                               <w:i/>
                               <w:iCs/>
                               <w:color w:val="000000" w:themeColor="text1"/>
                               <w:sz w:val="17"/>
                               <w:szCs w:val="17"/>
                             </w:rPr>
                             <w:t xml:space="preserve">ISSN (online): </w:t>
                           </w:r>
-                          <w:r w:rsidR="00A77545">
+                          <w:r w:rsidR="00817AA5">
                             <w:rPr>
                               <w:rFonts w:ascii="Century Schoolbook" w:hAnsi="Century Schoolbook" w:cs="AdvPSUnv"/>
                               <w:i/>
                               <w:iCs/>
                               <w:color w:val="000000" w:themeColor="text1"/>
                               <w:sz w:val="17"/>
                               <w:szCs w:val="17"/>
                             </w:rPr>
-                            <w:t>0000</w:t>
+                            <w:t>3105</w:t>
                           </w:r>
-                          <w:r w:rsidRPr="006F0294">
+                          <w:r w:rsidR="00817AA5" w:rsidRPr="006F0294">
                             <w:rPr>
                               <w:rFonts w:ascii="Century Schoolbook" w:hAnsi="Century Schoolbook" w:cs="AdvPSUnv"/>
                               <w:i/>
                               <w:iCs/>
                               <w:color w:val="000000" w:themeColor="text1"/>
                               <w:sz w:val="17"/>
                               <w:szCs w:val="17"/>
                             </w:rPr>
                             <w:t>-</w:t>
                           </w:r>
-                          <w:r w:rsidR="00A77545">
+                          <w:r w:rsidR="00817AA5">
                             <w:rPr>
                               <w:rFonts w:ascii="Century Schoolbook" w:hAnsi="Century Schoolbook" w:cs="AdvPSUnv"/>
                               <w:i/>
                               <w:iCs/>
                               <w:color w:val="000000" w:themeColor="text1"/>
                               <w:sz w:val="17"/>
                               <w:szCs w:val="17"/>
                             </w:rPr>
-                            <w:t>0000</w:t>
+                            <w:t>3572</w:t>
                           </w:r>
                         </w:p>
                         <w:p w14:paraId="54897D1A" w14:textId="58EA6657" w:rsidR="009D357E" w:rsidRPr="00826862" w:rsidRDefault="009D357E" w:rsidP="00300655">
                           <w:pPr>
                             <w:spacing w:line="360" w:lineRule="auto"/>
                             <w:rPr>
                               <w:color w:val="000000" w:themeColor="text1"/>
                               <w:sz w:val="18"/>
                               <w:szCs w:val="18"/>
                             </w:rPr>
                           </w:pPr>
                           <w:r w:rsidRPr="006F0294">
                             <w:rPr>
                               <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="AdvPSUnv"/>
                               <w:i/>
                               <w:iCs/>
                               <w:color w:val="000000" w:themeColor="text1"/>
                               <w:sz w:val="17"/>
                               <w:szCs w:val="17"/>
                             </w:rPr>
                             <w:t xml:space="preserve">Homepage: </w:t>
                           </w:r>
                           <w:r w:rsidR="002A214D">
                             <w:rPr>
                               <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="AdvPSUnv"/>
@@ -10414,105 +10066,105 @@
                     </w:pPr>
                     <w:r w:rsidRPr="002A214D">
                       <w:rPr>
                         <w:rFonts w:ascii="Book Antiqua" w:hAnsi="Book Antiqua"/>
                         <w:b/>
                         <w:color w:val="000000" w:themeColor="text1"/>
                         <w:sz w:val="28"/>
                         <w:szCs w:val="28"/>
                       </w:rPr>
                       <w:t>International Journal of Artificial Intelligence Applications</w:t>
                     </w:r>
                   </w:p>
                   <w:p w14:paraId="0F75CA11" w14:textId="77777777" w:rsidR="002A214D" w:rsidRDefault="002A214D" w:rsidP="002A214D">
                     <w:pPr>
                       <w:spacing w:line="276" w:lineRule="auto"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Century Schoolbook" w:hAnsi="Century Schoolbook" w:cs="AdvPSUnv"/>
                         <w:i/>
                         <w:iCs/>
                         <w:color w:val="000000" w:themeColor="text1"/>
                         <w:sz w:val="17"/>
                         <w:szCs w:val="17"/>
                       </w:rPr>
                     </w:pPr>
                   </w:p>
-                  <w:p w14:paraId="40388D17" w14:textId="50574E76" w:rsidR="00300655" w:rsidRPr="006F0294" w:rsidRDefault="009D357E" w:rsidP="002A214D">
+                  <w:p w14:paraId="40388D17" w14:textId="4ED83F00" w:rsidR="00300655" w:rsidRPr="006F0294" w:rsidRDefault="009D357E" w:rsidP="002A214D">
                     <w:pPr>
                       <w:spacing w:line="276" w:lineRule="auto"/>
                       <w:rPr>
                         <w:rFonts w:ascii="Century Schoolbook" w:hAnsi="Century Schoolbook" w:cs="AdvPSUnv"/>
                         <w:i/>
                         <w:iCs/>
                         <w:color w:val="000000" w:themeColor="text1"/>
                         <w:sz w:val="17"/>
                         <w:szCs w:val="17"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="006F0294">
                       <w:rPr>
                         <w:rFonts w:ascii="Century Schoolbook" w:hAnsi="Century Schoolbook" w:cs="AdvPSUnv"/>
                         <w:i/>
                         <w:iCs/>
                         <w:color w:val="000000" w:themeColor="text1"/>
                         <w:sz w:val="17"/>
                         <w:szCs w:val="17"/>
                       </w:rPr>
                       <w:t xml:space="preserve">ISSN (online): </w:t>
                     </w:r>
-                    <w:r w:rsidR="00A77545">
+                    <w:r w:rsidR="00817AA5">
                       <w:rPr>
                         <w:rFonts w:ascii="Century Schoolbook" w:hAnsi="Century Schoolbook" w:cs="AdvPSUnv"/>
                         <w:i/>
                         <w:iCs/>
                         <w:color w:val="000000" w:themeColor="text1"/>
                         <w:sz w:val="17"/>
                         <w:szCs w:val="17"/>
                       </w:rPr>
-                      <w:t>0000</w:t>
+                      <w:t>3105</w:t>
                     </w:r>
-                    <w:r w:rsidRPr="006F0294">
+                    <w:r w:rsidR="00817AA5" w:rsidRPr="006F0294">
                       <w:rPr>
                         <w:rFonts w:ascii="Century Schoolbook" w:hAnsi="Century Schoolbook" w:cs="AdvPSUnv"/>
                         <w:i/>
                         <w:iCs/>
                         <w:color w:val="000000" w:themeColor="text1"/>
                         <w:sz w:val="17"/>
                         <w:szCs w:val="17"/>
                       </w:rPr>
                       <w:t>-</w:t>
                     </w:r>
-                    <w:r w:rsidR="00A77545">
+                    <w:r w:rsidR="00817AA5">
                       <w:rPr>
                         <w:rFonts w:ascii="Century Schoolbook" w:hAnsi="Century Schoolbook" w:cs="AdvPSUnv"/>
                         <w:i/>
                         <w:iCs/>
                         <w:color w:val="000000" w:themeColor="text1"/>
                         <w:sz w:val="17"/>
                         <w:szCs w:val="17"/>
                       </w:rPr>
-                      <w:t>0000</w:t>
+                      <w:t>3572</w:t>
                     </w:r>
                   </w:p>
                   <w:p w14:paraId="54897D1A" w14:textId="58EA6657" w:rsidR="009D357E" w:rsidRPr="00826862" w:rsidRDefault="009D357E" w:rsidP="00300655">
                     <w:pPr>
                       <w:spacing w:line="360" w:lineRule="auto"/>
                       <w:rPr>
                         <w:color w:val="000000" w:themeColor="text1"/>
                         <w:sz w:val="18"/>
                         <w:szCs w:val="18"/>
                       </w:rPr>
                     </w:pPr>
                     <w:r w:rsidRPr="006F0294">
                       <w:rPr>
                         <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="AdvPSUnv"/>
                         <w:i/>
                         <w:iCs/>
                         <w:color w:val="000000" w:themeColor="text1"/>
                         <w:sz w:val="17"/>
                         <w:szCs w:val="17"/>
                       </w:rPr>
                       <w:t xml:space="preserve">Homepage: </w:t>
                     </w:r>
                     <w:r w:rsidR="002A214D">
                       <w:rPr>
                         <w:rFonts w:ascii="Bookman Old Style" w:hAnsi="Bookman Old Style" w:cs="AdvPSUnv"/>
@@ -13429,58 +13081,57 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="40" w16cid:durableId="1777796783">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="41" w16cid:durableId="1369841119">
     <w:abstractNumId w:val="15"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="129"/>
   <w:embedSystemFonts/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="fr-FR" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-GB" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-GB" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:doNotHyphenateCaps/>
   <w:evenAndOddHeaders/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
@@ -13529,172 +13180,177 @@
     <w:rsid w:val="00054DF3"/>
     <w:rsid w:val="00055F60"/>
     <w:rsid w:val="0005645C"/>
     <w:rsid w:val="00056A12"/>
     <w:rsid w:val="00057780"/>
     <w:rsid w:val="0006027B"/>
     <w:rsid w:val="00060F51"/>
     <w:rsid w:val="000664C0"/>
     <w:rsid w:val="000721F7"/>
     <w:rsid w:val="00073436"/>
     <w:rsid w:val="000762DA"/>
     <w:rsid w:val="000830E1"/>
     <w:rsid w:val="0008623F"/>
     <w:rsid w:val="00086352"/>
     <w:rsid w:val="00086C24"/>
     <w:rsid w:val="0008758A"/>
     <w:rsid w:val="00087EAD"/>
     <w:rsid w:val="0009013E"/>
     <w:rsid w:val="00091048"/>
     <w:rsid w:val="00091772"/>
     <w:rsid w:val="00092B51"/>
     <w:rsid w:val="00095165"/>
     <w:rsid w:val="00096296"/>
     <w:rsid w:val="000A07E0"/>
     <w:rsid w:val="000A337B"/>
+    <w:rsid w:val="000A3639"/>
     <w:rsid w:val="000A3AD7"/>
     <w:rsid w:val="000A3BBF"/>
     <w:rsid w:val="000A4694"/>
     <w:rsid w:val="000A658B"/>
     <w:rsid w:val="000A67B4"/>
     <w:rsid w:val="000A7DDD"/>
     <w:rsid w:val="000B0B3A"/>
     <w:rsid w:val="000B3C6F"/>
     <w:rsid w:val="000B56A2"/>
     <w:rsid w:val="000B74F1"/>
     <w:rsid w:val="000C1642"/>
     <w:rsid w:val="000C1E68"/>
     <w:rsid w:val="000C2B4C"/>
     <w:rsid w:val="000C32DF"/>
     <w:rsid w:val="000C712A"/>
     <w:rsid w:val="000D61A5"/>
+    <w:rsid w:val="000D7247"/>
     <w:rsid w:val="000E35D1"/>
     <w:rsid w:val="000E376E"/>
     <w:rsid w:val="000E3AA1"/>
     <w:rsid w:val="000E3B90"/>
     <w:rsid w:val="000E590F"/>
     <w:rsid w:val="000E6395"/>
     <w:rsid w:val="000E6FC4"/>
     <w:rsid w:val="000E75C0"/>
     <w:rsid w:val="000E77C9"/>
     <w:rsid w:val="000F0A56"/>
     <w:rsid w:val="000F6001"/>
     <w:rsid w:val="000F6643"/>
     <w:rsid w:val="000F79AD"/>
     <w:rsid w:val="00102545"/>
     <w:rsid w:val="001029E0"/>
     <w:rsid w:val="00102D98"/>
     <w:rsid w:val="001036CE"/>
     <w:rsid w:val="0010454A"/>
     <w:rsid w:val="00105DAD"/>
     <w:rsid w:val="00107F9C"/>
     <w:rsid w:val="001117F1"/>
     <w:rsid w:val="00115933"/>
     <w:rsid w:val="001160CF"/>
     <w:rsid w:val="001177A8"/>
     <w:rsid w:val="00120035"/>
     <w:rsid w:val="00120EE6"/>
     <w:rsid w:val="001211EF"/>
     <w:rsid w:val="00123949"/>
     <w:rsid w:val="00123E6E"/>
     <w:rsid w:val="00136774"/>
     <w:rsid w:val="001414D6"/>
     <w:rsid w:val="00143591"/>
     <w:rsid w:val="00146356"/>
     <w:rsid w:val="001513F2"/>
     <w:rsid w:val="001525F2"/>
     <w:rsid w:val="00156B46"/>
     <w:rsid w:val="00162746"/>
     <w:rsid w:val="0016465D"/>
     <w:rsid w:val="00165F8D"/>
+    <w:rsid w:val="00170EE1"/>
     <w:rsid w:val="00171C59"/>
     <w:rsid w:val="001745C0"/>
     <w:rsid w:val="0017569F"/>
     <w:rsid w:val="00180F89"/>
     <w:rsid w:val="0018121A"/>
     <w:rsid w:val="00181E78"/>
     <w:rsid w:val="001822B6"/>
     <w:rsid w:val="00182B97"/>
     <w:rsid w:val="00182EC8"/>
     <w:rsid w:val="00186D94"/>
     <w:rsid w:val="00187E50"/>
     <w:rsid w:val="00194C30"/>
     <w:rsid w:val="0019536C"/>
     <w:rsid w:val="00196B0B"/>
     <w:rsid w:val="00197730"/>
     <w:rsid w:val="00197810"/>
     <w:rsid w:val="001A004D"/>
     <w:rsid w:val="001A2EFD"/>
     <w:rsid w:val="001A3B3D"/>
     <w:rsid w:val="001A4F00"/>
     <w:rsid w:val="001B0D12"/>
     <w:rsid w:val="001B1661"/>
     <w:rsid w:val="001B3BEF"/>
     <w:rsid w:val="001B5CEB"/>
     <w:rsid w:val="001B670D"/>
     <w:rsid w:val="001B67DC"/>
     <w:rsid w:val="001B6E62"/>
     <w:rsid w:val="001C6EBC"/>
     <w:rsid w:val="001C720A"/>
     <w:rsid w:val="001C7532"/>
     <w:rsid w:val="001D000B"/>
     <w:rsid w:val="001D17A1"/>
     <w:rsid w:val="001D5A33"/>
     <w:rsid w:val="001D5DDD"/>
     <w:rsid w:val="001D7B5F"/>
     <w:rsid w:val="001D7FFC"/>
     <w:rsid w:val="001E1C1D"/>
     <w:rsid w:val="001E2D32"/>
     <w:rsid w:val="001E3538"/>
+    <w:rsid w:val="001E4856"/>
     <w:rsid w:val="001F0053"/>
     <w:rsid w:val="001F3114"/>
     <w:rsid w:val="001F4B63"/>
     <w:rsid w:val="001F7258"/>
     <w:rsid w:val="001F7F20"/>
     <w:rsid w:val="0020064C"/>
     <w:rsid w:val="002027F2"/>
     <w:rsid w:val="0020582C"/>
     <w:rsid w:val="00210405"/>
     <w:rsid w:val="002128A7"/>
     <w:rsid w:val="00214904"/>
     <w:rsid w:val="00217773"/>
     <w:rsid w:val="00217BDE"/>
     <w:rsid w:val="00220B66"/>
     <w:rsid w:val="00220E5E"/>
     <w:rsid w:val="0022124A"/>
     <w:rsid w:val="002217A9"/>
     <w:rsid w:val="00223CC8"/>
     <w:rsid w:val="00224AA8"/>
     <w:rsid w:val="00224E8B"/>
     <w:rsid w:val="0022508B"/>
     <w:rsid w:val="002252A4"/>
     <w:rsid w:val="002254A9"/>
     <w:rsid w:val="0022732B"/>
     <w:rsid w:val="00227EE6"/>
     <w:rsid w:val="0023075F"/>
     <w:rsid w:val="0023286D"/>
     <w:rsid w:val="00233D97"/>
+    <w:rsid w:val="0023466D"/>
     <w:rsid w:val="002347A2"/>
     <w:rsid w:val="002366EF"/>
     <w:rsid w:val="002366FC"/>
     <w:rsid w:val="00240AD8"/>
     <w:rsid w:val="00243970"/>
     <w:rsid w:val="0024781D"/>
     <w:rsid w:val="002503F8"/>
     <w:rsid w:val="00250469"/>
     <w:rsid w:val="00254B6F"/>
     <w:rsid w:val="00255F84"/>
     <w:rsid w:val="00260C28"/>
     <w:rsid w:val="002621AD"/>
     <w:rsid w:val="002625B6"/>
     <w:rsid w:val="0026347A"/>
     <w:rsid w:val="00266A54"/>
     <w:rsid w:val="00267517"/>
     <w:rsid w:val="0027393A"/>
     <w:rsid w:val="00273F93"/>
     <w:rsid w:val="00275F98"/>
     <w:rsid w:val="00281A27"/>
     <w:rsid w:val="00282AF7"/>
     <w:rsid w:val="00283928"/>
     <w:rsid w:val="002840B0"/>
     <w:rsid w:val="002850E3"/>
     <w:rsid w:val="00285998"/>
@@ -13806,50 +13462,51 @@
     <w:rsid w:val="00393AE0"/>
     <w:rsid w:val="003940B2"/>
     <w:rsid w:val="003941A1"/>
     <w:rsid w:val="00394995"/>
     <w:rsid w:val="00394FDF"/>
     <w:rsid w:val="0039565B"/>
     <w:rsid w:val="00397990"/>
     <w:rsid w:val="00397BB9"/>
     <w:rsid w:val="003A07EB"/>
     <w:rsid w:val="003A15C3"/>
     <w:rsid w:val="003A19E2"/>
     <w:rsid w:val="003A31DA"/>
     <w:rsid w:val="003A4357"/>
     <w:rsid w:val="003A5486"/>
     <w:rsid w:val="003A602E"/>
     <w:rsid w:val="003A6C60"/>
     <w:rsid w:val="003B4E04"/>
     <w:rsid w:val="003B5146"/>
     <w:rsid w:val="003B6F1B"/>
     <w:rsid w:val="003C75E6"/>
     <w:rsid w:val="003D05E9"/>
     <w:rsid w:val="003D5C2F"/>
     <w:rsid w:val="003D6B1F"/>
     <w:rsid w:val="003E066A"/>
     <w:rsid w:val="003E073A"/>
+    <w:rsid w:val="003E096C"/>
     <w:rsid w:val="003E0981"/>
     <w:rsid w:val="003E09C9"/>
     <w:rsid w:val="003E1D9B"/>
     <w:rsid w:val="003E2F21"/>
     <w:rsid w:val="003E3254"/>
     <w:rsid w:val="003E3FD3"/>
     <w:rsid w:val="003E59AF"/>
     <w:rsid w:val="003E7557"/>
     <w:rsid w:val="003E7599"/>
     <w:rsid w:val="003F2AF0"/>
     <w:rsid w:val="003F3816"/>
     <w:rsid w:val="003F4C22"/>
     <w:rsid w:val="003F5A08"/>
     <w:rsid w:val="003F6DE8"/>
     <w:rsid w:val="00401207"/>
     <w:rsid w:val="00402021"/>
     <w:rsid w:val="00403C91"/>
     <w:rsid w:val="004066EF"/>
     <w:rsid w:val="00407DD3"/>
     <w:rsid w:val="004108DE"/>
     <w:rsid w:val="004135FF"/>
     <w:rsid w:val="0041444B"/>
     <w:rsid w:val="00415251"/>
     <w:rsid w:val="00416834"/>
     <w:rsid w:val="00420716"/>
@@ -13870,50 +13527,51 @@
     <w:rsid w:val="0044407E"/>
     <w:rsid w:val="00447BB9"/>
     <w:rsid w:val="004500ED"/>
     <w:rsid w:val="00452628"/>
     <w:rsid w:val="00453591"/>
     <w:rsid w:val="0045473F"/>
     <w:rsid w:val="00455148"/>
     <w:rsid w:val="00457B8C"/>
     <w:rsid w:val="004602F9"/>
     <w:rsid w:val="0046031D"/>
     <w:rsid w:val="004608F9"/>
     <w:rsid w:val="004618D2"/>
     <w:rsid w:val="0046386F"/>
     <w:rsid w:val="004640A6"/>
     <w:rsid w:val="00466341"/>
     <w:rsid w:val="00466D09"/>
     <w:rsid w:val="00466EE7"/>
     <w:rsid w:val="00466FA0"/>
     <w:rsid w:val="004670AC"/>
     <w:rsid w:val="004702E9"/>
     <w:rsid w:val="00473841"/>
     <w:rsid w:val="00474C39"/>
     <w:rsid w:val="00474C4A"/>
     <w:rsid w:val="004764BE"/>
     <w:rsid w:val="00477141"/>
+    <w:rsid w:val="00477897"/>
     <w:rsid w:val="004778AA"/>
     <w:rsid w:val="00477D78"/>
     <w:rsid w:val="00477FFA"/>
     <w:rsid w:val="00480FF3"/>
     <w:rsid w:val="004813BF"/>
     <w:rsid w:val="00481721"/>
     <w:rsid w:val="00481EAE"/>
     <w:rsid w:val="004847A2"/>
     <w:rsid w:val="0048525B"/>
     <w:rsid w:val="004861E6"/>
     <w:rsid w:val="004901C2"/>
     <w:rsid w:val="00493CF8"/>
     <w:rsid w:val="004953EA"/>
     <w:rsid w:val="004A01F9"/>
     <w:rsid w:val="004A0CAD"/>
     <w:rsid w:val="004A249B"/>
     <w:rsid w:val="004A2957"/>
     <w:rsid w:val="004A3817"/>
     <w:rsid w:val="004A3913"/>
     <w:rsid w:val="004A3940"/>
     <w:rsid w:val="004A6274"/>
     <w:rsid w:val="004A789D"/>
     <w:rsid w:val="004B0EC0"/>
     <w:rsid w:val="004B1D65"/>
     <w:rsid w:val="004B325C"/>
@@ -13976,50 +13634,51 @@
     <w:rsid w:val="0055769D"/>
     <w:rsid w:val="00560842"/>
     <w:rsid w:val="0056098A"/>
     <w:rsid w:val="0056192A"/>
     <w:rsid w:val="00562373"/>
     <w:rsid w:val="0056271E"/>
     <w:rsid w:val="00563C1F"/>
     <w:rsid w:val="005647BA"/>
     <w:rsid w:val="00564951"/>
     <w:rsid w:val="00564F25"/>
     <w:rsid w:val="00565D75"/>
     <w:rsid w:val="0056610F"/>
     <w:rsid w:val="005667EE"/>
     <w:rsid w:val="00566ABF"/>
     <w:rsid w:val="005675B1"/>
     <w:rsid w:val="00567DBC"/>
     <w:rsid w:val="00572565"/>
     <w:rsid w:val="00573F36"/>
     <w:rsid w:val="00574A01"/>
     <w:rsid w:val="00574E3B"/>
     <w:rsid w:val="00575BCA"/>
     <w:rsid w:val="0057665F"/>
     <w:rsid w:val="00581215"/>
     <w:rsid w:val="005828D4"/>
     <w:rsid w:val="00583323"/>
+    <w:rsid w:val="005837C4"/>
     <w:rsid w:val="005846BC"/>
     <w:rsid w:val="0058471C"/>
     <w:rsid w:val="00584F3C"/>
     <w:rsid w:val="005867EA"/>
     <w:rsid w:val="00590604"/>
     <w:rsid w:val="005912D4"/>
     <w:rsid w:val="00596FF9"/>
     <w:rsid w:val="0059716D"/>
     <w:rsid w:val="00597207"/>
     <w:rsid w:val="005A06D9"/>
     <w:rsid w:val="005A15B6"/>
     <w:rsid w:val="005A181B"/>
     <w:rsid w:val="005A2929"/>
     <w:rsid w:val="005A2AA1"/>
     <w:rsid w:val="005A44BA"/>
     <w:rsid w:val="005A54A8"/>
     <w:rsid w:val="005A6BA8"/>
     <w:rsid w:val="005B0344"/>
     <w:rsid w:val="005B04D1"/>
     <w:rsid w:val="005B22AC"/>
     <w:rsid w:val="005B2406"/>
     <w:rsid w:val="005B2B6E"/>
     <w:rsid w:val="005B520E"/>
     <w:rsid w:val="005B64DC"/>
     <w:rsid w:val="005C07D4"/>
@@ -14036,92 +13695,94 @@
     <w:rsid w:val="005D5CFF"/>
     <w:rsid w:val="005D5E2C"/>
     <w:rsid w:val="005E2800"/>
     <w:rsid w:val="005E41D6"/>
     <w:rsid w:val="005E5718"/>
     <w:rsid w:val="005E5BFC"/>
     <w:rsid w:val="005E5F8E"/>
     <w:rsid w:val="005E6075"/>
     <w:rsid w:val="005E7939"/>
     <w:rsid w:val="005F03DC"/>
     <w:rsid w:val="005F071A"/>
     <w:rsid w:val="005F14F1"/>
     <w:rsid w:val="005F16F4"/>
     <w:rsid w:val="005F1FA7"/>
     <w:rsid w:val="005F299C"/>
     <w:rsid w:val="005F4308"/>
     <w:rsid w:val="005F5794"/>
     <w:rsid w:val="00600F30"/>
     <w:rsid w:val="00601C28"/>
     <w:rsid w:val="00605825"/>
     <w:rsid w:val="00605A6E"/>
     <w:rsid w:val="00605E3E"/>
     <w:rsid w:val="006102E1"/>
     <w:rsid w:val="006110EF"/>
     <w:rsid w:val="00611E4A"/>
+    <w:rsid w:val="00617510"/>
     <w:rsid w:val="006217C7"/>
     <w:rsid w:val="0062195E"/>
     <w:rsid w:val="00622D4D"/>
     <w:rsid w:val="00626277"/>
     <w:rsid w:val="00626A3F"/>
     <w:rsid w:val="00630EE4"/>
     <w:rsid w:val="00631FCA"/>
     <w:rsid w:val="0063534C"/>
     <w:rsid w:val="00640A15"/>
     <w:rsid w:val="00642DB0"/>
     <w:rsid w:val="00644BD4"/>
     <w:rsid w:val="00645D22"/>
     <w:rsid w:val="00646222"/>
     <w:rsid w:val="00646634"/>
     <w:rsid w:val="006466AF"/>
     <w:rsid w:val="00647AED"/>
     <w:rsid w:val="006513EF"/>
     <w:rsid w:val="00651A08"/>
     <w:rsid w:val="00654204"/>
     <w:rsid w:val="00655299"/>
     <w:rsid w:val="00655C5B"/>
     <w:rsid w:val="00656047"/>
     <w:rsid w:val="006609E3"/>
     <w:rsid w:val="00663AF1"/>
     <w:rsid w:val="006642B6"/>
     <w:rsid w:val="0066648B"/>
     <w:rsid w:val="006671FF"/>
     <w:rsid w:val="00670434"/>
     <w:rsid w:val="00670951"/>
     <w:rsid w:val="006714F5"/>
     <w:rsid w:val="0067638C"/>
     <w:rsid w:val="00676889"/>
     <w:rsid w:val="00676F9A"/>
     <w:rsid w:val="00677E72"/>
     <w:rsid w:val="0068364E"/>
     <w:rsid w:val="00685E9F"/>
     <w:rsid w:val="006863E0"/>
     <w:rsid w:val="00686D33"/>
     <w:rsid w:val="0068742A"/>
     <w:rsid w:val="00690818"/>
     <w:rsid w:val="00690844"/>
     <w:rsid w:val="00690C01"/>
+    <w:rsid w:val="00692806"/>
     <w:rsid w:val="00692A00"/>
     <w:rsid w:val="00697198"/>
     <w:rsid w:val="00697AD9"/>
     <w:rsid w:val="006A1CCE"/>
     <w:rsid w:val="006A3F25"/>
     <w:rsid w:val="006A7263"/>
     <w:rsid w:val="006B26E5"/>
     <w:rsid w:val="006B6646"/>
     <w:rsid w:val="006B6B66"/>
     <w:rsid w:val="006B753B"/>
     <w:rsid w:val="006B7677"/>
     <w:rsid w:val="006B7C2D"/>
     <w:rsid w:val="006B7E09"/>
     <w:rsid w:val="006B7FD9"/>
     <w:rsid w:val="006C0C2C"/>
     <w:rsid w:val="006C18A3"/>
     <w:rsid w:val="006C3247"/>
     <w:rsid w:val="006C45C1"/>
     <w:rsid w:val="006C53B6"/>
     <w:rsid w:val="006C71D4"/>
     <w:rsid w:val="006C7EB0"/>
     <w:rsid w:val="006D1DAB"/>
     <w:rsid w:val="006D26E8"/>
     <w:rsid w:val="006D28F2"/>
     <w:rsid w:val="006D7067"/>
@@ -14194,108 +13855,111 @@
     <w:rsid w:val="00761811"/>
     <w:rsid w:val="007620E9"/>
     <w:rsid w:val="0076221F"/>
     <w:rsid w:val="00765756"/>
     <w:rsid w:val="00770592"/>
     <w:rsid w:val="00773AFF"/>
     <w:rsid w:val="00775946"/>
     <w:rsid w:val="00776559"/>
     <w:rsid w:val="00783043"/>
     <w:rsid w:val="00783EA3"/>
     <w:rsid w:val="0078434E"/>
     <w:rsid w:val="00784806"/>
     <w:rsid w:val="0079114E"/>
     <w:rsid w:val="00791C6D"/>
     <w:rsid w:val="00794804"/>
     <w:rsid w:val="007973B9"/>
     <w:rsid w:val="007A1036"/>
     <w:rsid w:val="007A26DD"/>
     <w:rsid w:val="007A39F1"/>
     <w:rsid w:val="007A4D15"/>
     <w:rsid w:val="007A5AA5"/>
     <w:rsid w:val="007B0BD0"/>
     <w:rsid w:val="007B2ACB"/>
     <w:rsid w:val="007B33F1"/>
     <w:rsid w:val="007B48DF"/>
+    <w:rsid w:val="007B5557"/>
     <w:rsid w:val="007B6DDA"/>
     <w:rsid w:val="007B7614"/>
     <w:rsid w:val="007C0308"/>
     <w:rsid w:val="007C0DCC"/>
     <w:rsid w:val="007C2FF2"/>
     <w:rsid w:val="007D30A1"/>
     <w:rsid w:val="007D3494"/>
     <w:rsid w:val="007D4217"/>
     <w:rsid w:val="007D6232"/>
     <w:rsid w:val="007D64DD"/>
     <w:rsid w:val="007D7E91"/>
     <w:rsid w:val="007E0A22"/>
     <w:rsid w:val="007E10F9"/>
     <w:rsid w:val="007E18F5"/>
     <w:rsid w:val="007E2930"/>
     <w:rsid w:val="007E3A24"/>
     <w:rsid w:val="007E3FA9"/>
     <w:rsid w:val="007E4B74"/>
     <w:rsid w:val="007E536E"/>
     <w:rsid w:val="007E791F"/>
     <w:rsid w:val="007F07B1"/>
     <w:rsid w:val="007F13E4"/>
     <w:rsid w:val="007F1F99"/>
     <w:rsid w:val="007F33C7"/>
     <w:rsid w:val="007F34D6"/>
     <w:rsid w:val="007F5633"/>
     <w:rsid w:val="007F768F"/>
     <w:rsid w:val="00800128"/>
     <w:rsid w:val="008009B8"/>
     <w:rsid w:val="008025D4"/>
     <w:rsid w:val="008044C0"/>
     <w:rsid w:val="008063B6"/>
     <w:rsid w:val="0080791D"/>
     <w:rsid w:val="00811590"/>
     <w:rsid w:val="00813AB6"/>
     <w:rsid w:val="00815592"/>
     <w:rsid w:val="00815E4E"/>
     <w:rsid w:val="00815EE2"/>
+    <w:rsid w:val="00817AA5"/>
     <w:rsid w:val="00820923"/>
     <w:rsid w:val="00821D4D"/>
     <w:rsid w:val="00822690"/>
     <w:rsid w:val="00824ECD"/>
     <w:rsid w:val="00826862"/>
     <w:rsid w:val="008305A9"/>
     <w:rsid w:val="0083083B"/>
     <w:rsid w:val="00832329"/>
     <w:rsid w:val="008327BF"/>
     <w:rsid w:val="00833727"/>
     <w:rsid w:val="0083540B"/>
     <w:rsid w:val="00835558"/>
     <w:rsid w:val="00836367"/>
     <w:rsid w:val="00836DE6"/>
     <w:rsid w:val="0083784D"/>
     <w:rsid w:val="00840412"/>
     <w:rsid w:val="0084052B"/>
     <w:rsid w:val="00840A80"/>
     <w:rsid w:val="00842446"/>
     <w:rsid w:val="008425EC"/>
+    <w:rsid w:val="00843C15"/>
     <w:rsid w:val="00845B98"/>
     <w:rsid w:val="008502DC"/>
     <w:rsid w:val="00851276"/>
     <w:rsid w:val="008514F3"/>
     <w:rsid w:val="008532FE"/>
     <w:rsid w:val="00853F58"/>
     <w:rsid w:val="00854469"/>
     <w:rsid w:val="00854CDB"/>
     <w:rsid w:val="00856C88"/>
     <w:rsid w:val="008600B9"/>
     <w:rsid w:val="00860158"/>
     <w:rsid w:val="00860313"/>
     <w:rsid w:val="00860742"/>
     <w:rsid w:val="008622FC"/>
     <w:rsid w:val="0086261B"/>
     <w:rsid w:val="008631A8"/>
     <w:rsid w:val="00864C6D"/>
     <w:rsid w:val="00866AF8"/>
     <w:rsid w:val="00866D3F"/>
     <w:rsid w:val="0087027A"/>
     <w:rsid w:val="00870D90"/>
     <w:rsid w:val="0087110A"/>
     <w:rsid w:val="00872BAB"/>
     <w:rsid w:val="00873603"/>
     <w:rsid w:val="00874F8A"/>
@@ -14470,50 +14134,51 @@
     <w:rsid w:val="00A10B11"/>
     <w:rsid w:val="00A12469"/>
     <w:rsid w:val="00A12CBF"/>
     <w:rsid w:val="00A1527F"/>
     <w:rsid w:val="00A16273"/>
     <w:rsid w:val="00A20057"/>
     <w:rsid w:val="00A24B7D"/>
     <w:rsid w:val="00A24F21"/>
     <w:rsid w:val="00A25171"/>
     <w:rsid w:val="00A278D4"/>
     <w:rsid w:val="00A3078F"/>
     <w:rsid w:val="00A308D2"/>
     <w:rsid w:val="00A3099A"/>
     <w:rsid w:val="00A31249"/>
     <w:rsid w:val="00A31CEE"/>
     <w:rsid w:val="00A33AAD"/>
     <w:rsid w:val="00A359BE"/>
     <w:rsid w:val="00A404E8"/>
     <w:rsid w:val="00A406FB"/>
     <w:rsid w:val="00A40A0F"/>
     <w:rsid w:val="00A40A83"/>
     <w:rsid w:val="00A42FCF"/>
     <w:rsid w:val="00A4481D"/>
     <w:rsid w:val="00A44879"/>
     <w:rsid w:val="00A452A8"/>
+    <w:rsid w:val="00A45EF1"/>
     <w:rsid w:val="00A46474"/>
     <w:rsid w:val="00A4653B"/>
     <w:rsid w:val="00A4686D"/>
     <w:rsid w:val="00A46DFB"/>
     <w:rsid w:val="00A46FB2"/>
     <w:rsid w:val="00A51496"/>
     <w:rsid w:val="00A52738"/>
     <w:rsid w:val="00A52DBD"/>
     <w:rsid w:val="00A54532"/>
     <w:rsid w:val="00A55DD2"/>
     <w:rsid w:val="00A56CAB"/>
     <w:rsid w:val="00A61B1B"/>
     <w:rsid w:val="00A6538F"/>
     <w:rsid w:val="00A65A64"/>
     <w:rsid w:val="00A65D8E"/>
     <w:rsid w:val="00A707F2"/>
     <w:rsid w:val="00A7277D"/>
     <w:rsid w:val="00A72874"/>
     <w:rsid w:val="00A74192"/>
     <w:rsid w:val="00A747DB"/>
     <w:rsid w:val="00A75248"/>
     <w:rsid w:val="00A75279"/>
     <w:rsid w:val="00A7689A"/>
     <w:rsid w:val="00A77545"/>
     <w:rsid w:val="00A77947"/>
@@ -14573,50 +14238,51 @@
     <w:rsid w:val="00B00A90"/>
     <w:rsid w:val="00B00B69"/>
     <w:rsid w:val="00B01C9A"/>
     <w:rsid w:val="00B0486D"/>
     <w:rsid w:val="00B06940"/>
     <w:rsid w:val="00B07560"/>
     <w:rsid w:val="00B076EE"/>
     <w:rsid w:val="00B11A60"/>
     <w:rsid w:val="00B12238"/>
     <w:rsid w:val="00B126C6"/>
     <w:rsid w:val="00B12CC3"/>
     <w:rsid w:val="00B13290"/>
     <w:rsid w:val="00B15DC1"/>
     <w:rsid w:val="00B17570"/>
     <w:rsid w:val="00B21EED"/>
     <w:rsid w:val="00B22613"/>
     <w:rsid w:val="00B2540C"/>
     <w:rsid w:val="00B26C16"/>
     <w:rsid w:val="00B30CC5"/>
     <w:rsid w:val="00B35774"/>
     <w:rsid w:val="00B3785F"/>
     <w:rsid w:val="00B40993"/>
     <w:rsid w:val="00B4142A"/>
     <w:rsid w:val="00B41AE4"/>
     <w:rsid w:val="00B4206C"/>
+    <w:rsid w:val="00B43C18"/>
     <w:rsid w:val="00B475DA"/>
     <w:rsid w:val="00B47D00"/>
     <w:rsid w:val="00B50E4B"/>
     <w:rsid w:val="00B51020"/>
     <w:rsid w:val="00B516A2"/>
     <w:rsid w:val="00B5195C"/>
     <w:rsid w:val="00B51B0D"/>
     <w:rsid w:val="00B526A8"/>
     <w:rsid w:val="00B5289D"/>
     <w:rsid w:val="00B52A5D"/>
     <w:rsid w:val="00B53A50"/>
     <w:rsid w:val="00B53C82"/>
     <w:rsid w:val="00B55329"/>
     <w:rsid w:val="00B561F5"/>
     <w:rsid w:val="00B5679E"/>
     <w:rsid w:val="00B570C1"/>
     <w:rsid w:val="00B60CFB"/>
     <w:rsid w:val="00B620D6"/>
     <w:rsid w:val="00B62239"/>
     <w:rsid w:val="00B641AF"/>
     <w:rsid w:val="00B6602B"/>
     <w:rsid w:val="00B675A5"/>
     <w:rsid w:val="00B725C0"/>
     <w:rsid w:val="00B726C1"/>
     <w:rsid w:val="00B74832"/>
@@ -14992,76 +14658,78 @@
     <w:rsid w:val="00F522B4"/>
     <w:rsid w:val="00F52834"/>
     <w:rsid w:val="00F52A4A"/>
     <w:rsid w:val="00F531BE"/>
     <w:rsid w:val="00F56687"/>
     <w:rsid w:val="00F57AB9"/>
     <w:rsid w:val="00F60A4A"/>
     <w:rsid w:val="00F61A44"/>
     <w:rsid w:val="00F627DA"/>
     <w:rsid w:val="00F651FE"/>
     <w:rsid w:val="00F656CF"/>
     <w:rsid w:val="00F67AD0"/>
     <w:rsid w:val="00F67BDB"/>
     <w:rsid w:val="00F713BC"/>
     <w:rsid w:val="00F71E46"/>
     <w:rsid w:val="00F7288F"/>
     <w:rsid w:val="00F7596C"/>
     <w:rsid w:val="00F763B2"/>
     <w:rsid w:val="00F80FB2"/>
     <w:rsid w:val="00F817AB"/>
     <w:rsid w:val="00F83B72"/>
     <w:rsid w:val="00F847A6"/>
     <w:rsid w:val="00F93FE8"/>
     <w:rsid w:val="00F9441B"/>
     <w:rsid w:val="00F95239"/>
+    <w:rsid w:val="00F955D1"/>
     <w:rsid w:val="00F973D4"/>
     <w:rsid w:val="00F97607"/>
     <w:rsid w:val="00F97E18"/>
     <w:rsid w:val="00FA1CF8"/>
     <w:rsid w:val="00FA291B"/>
     <w:rsid w:val="00FA334D"/>
     <w:rsid w:val="00FA4C32"/>
     <w:rsid w:val="00FB1F81"/>
     <w:rsid w:val="00FB4D58"/>
     <w:rsid w:val="00FB5081"/>
     <w:rsid w:val="00FB647A"/>
     <w:rsid w:val="00FC15E0"/>
     <w:rsid w:val="00FC1D4B"/>
     <w:rsid w:val="00FC2B8B"/>
     <w:rsid w:val="00FC40F0"/>
     <w:rsid w:val="00FC661D"/>
     <w:rsid w:val="00FC7204"/>
     <w:rsid w:val="00FD0A32"/>
     <w:rsid w:val="00FD0B61"/>
     <w:rsid w:val="00FD0FA9"/>
     <w:rsid w:val="00FD3124"/>
     <w:rsid w:val="00FD32D3"/>
     <w:rsid w:val="00FD6604"/>
     <w:rsid w:val="00FD6C57"/>
     <w:rsid w:val="00FD78D0"/>
     <w:rsid w:val="00FE000F"/>
+    <w:rsid w:val="00FE14AA"/>
     <w:rsid w:val="00FE2EE8"/>
     <w:rsid w:val="00FE6CC0"/>
     <w:rsid w:val="00FE7114"/>
     <w:rsid w:val="00FF36F4"/>
     <w:rsid w:val="00FF3F49"/>
     <w:rsid w:val="00FF476A"/>
     <w:rsid w:val="00FF5D93"/>
     <w:rsid w:val="00FF7301"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
@@ -16527,54 +16195,54 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1564294091">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ijaia.com/index.php/IJAIA/about/submissions" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="charts/chart1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ijaia.com/index.php/IJAIA/about/submissions" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/></Relationships>
 </file>
 
-<file path=word/_rels/footer3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="file:///C:\Users\Jafar\Desktop\JJEE\JJEE_Vol5_No4\Figures(3-26)_formatted.xls" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="en-US"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
@@ -17499,72 +17167,77 @@
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001D7859"/>
     <w:rsid w:val="0000752D"/>
     <w:rsid w:val="000224E1"/>
+    <w:rsid w:val="000D7247"/>
     <w:rsid w:val="00183EC5"/>
     <w:rsid w:val="001D7859"/>
+    <w:rsid w:val="001E4856"/>
     <w:rsid w:val="00240223"/>
     <w:rsid w:val="00290C4D"/>
     <w:rsid w:val="002D458F"/>
     <w:rsid w:val="003B21DD"/>
     <w:rsid w:val="0058182D"/>
     <w:rsid w:val="005874E2"/>
     <w:rsid w:val="0067040F"/>
     <w:rsid w:val="006E772E"/>
     <w:rsid w:val="006F7B80"/>
     <w:rsid w:val="00714150"/>
     <w:rsid w:val="00760804"/>
     <w:rsid w:val="007769D3"/>
     <w:rsid w:val="00793B8E"/>
+    <w:rsid w:val="007D239C"/>
+    <w:rsid w:val="008A4669"/>
     <w:rsid w:val="008C2AF7"/>
     <w:rsid w:val="00A945F2"/>
     <w:rsid w:val="00AD799E"/>
     <w:rsid w:val="00B11B5E"/>
     <w:rsid w:val="00B342B8"/>
     <w:rsid w:val="00C175FB"/>
     <w:rsid w:val="00C85A2E"/>
+    <w:rsid w:val="00CD12A0"/>
     <w:rsid w:val="00D66873"/>
     <w:rsid w:val="00DC1815"/>
     <w:rsid w:val="00E84F9F"/>
     <w:rsid w:val="00EF39DC"/>
     <w:rsid w:val="00F52A4A"/>
     <w:rsid w:val="00F623C5"/>
     <w:rsid w:val="00F91A05"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>